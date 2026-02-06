--- v0 (2025-12-11)
+++ v1 (2026-02-06)
@@ -13668,76 +13668,76 @@
         <v>655</v>
       </c>
       <c r="C488" s="3">
         <v>20201967776</v>
       </c>
       <c r="D488" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E488" s="3" t="s">
         <v>656</v>
       </c>
       <c r="F488" s="3"/>
       <c r="G488" s="3"/>
       <c r="H488" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" s="3">
         <v>487</v>
       </c>
       <c r="B489" s="3" t="s">
         <v>657</v>
       </c>
       <c r="C489" s="3">
-        <v>20148182788</v>
+        <v>20148182</v>
       </c>
       <c r="D489" s="3" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E489" s="3" t="s">
         <v>658</v>
       </c>
       <c r="F489" s="3"/>
       <c r="G489" s="3"/>
       <c r="H489" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" s="3">
         <v>488</v>
       </c>
       <c r="B490" s="3" t="s">
         <v>657</v>
       </c>
       <c r="C490" s="3">
-        <v>20148182</v>
+        <v>20148182788</v>
       </c>
       <c r="D490" s="3" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E490" s="3" t="s">
         <v>658</v>
       </c>
       <c r="F490" s="3"/>
       <c r="G490" s="3"/>
       <c r="H490" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" s="3">
         <v>489</v>
       </c>
       <c r="B491" s="3" t="s">
         <v>659</v>
       </c>
       <c r="C491" s="3">
         <v>41424866</v>
       </c>
       <c r="D491" s="3" t="s">
         <v>17</v>
       </c>
       <c r="E491" s="3"/>
       <c r="F491" s="3"/>